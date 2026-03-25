--- v0 (2026-02-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Prestadores" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Alojamientos" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <color rgb="00FFFFFF"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill/>
@@ -426,267 +426,1219 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I8"/>
+  <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="9" customWidth="1" min="1" max="1"/>
-    <col width="39" customWidth="1" min="2" max="2"/>
+    <col width="77" customWidth="1" min="2" max="2"/>
     <col width="21" customWidth="1" min="3" max="3"/>
     <col width="24" customWidth="1" min="4" max="4"/>
     <col width="21" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
-    <col width="8" customWidth="1" min="7" max="7"/>
-[...1 lines deleted...]
-    <col width="80" customWidth="1" min="9" max="9"/>
+    <col width="15" customWidth="1" min="7" max="7"/>
+    <col width="80" customWidth="1" min="8" max="8"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Tipo</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Establecimiento</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Cantidad de salones</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>m2 del salón principal</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Capacidad Auditorio</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Capacidad Banquete</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
-          <t>Plazas</t>
+          <t>Accesibilidad</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
-          <t>Accesibilidad</t>
-[...3 lines deleted...]
-        <is>
           <t>Contacto</t>
         </is>
       </c>
     </row>
-    <row r="2" ht="30" customHeight="1">
+    <row r="2" ht="75" customHeight="1">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Salones</t>
+          <t>Hoteles</t>
         </is>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Club Banco Provincia</t>
+          <t>Hotel Corregidor</t>
         </is>
       </c>
       <c r="C2" t="n">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="D2" t="n">
+        <v>130</v>
+      </c>
+      <c r="E2" t="n">
+        <v>180</v>
       </c>
       <c r="F2" t="n">
-        <v>120</v>
-[...3 lines deleted...]
-    <row r="3" ht="30" customHeight="1">
+        <v>150</v>
+      </c>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>HOTEL CORREGIDOR
+Dirección: 6 Nº 1026
+Tel: +541155708070 [fijo]
+Email: mfernandavera@hotelcorregidor.com.ar
+Redes: https://hotelcorregidor.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="75" customHeight="1">
       <c r="A3" s="2" t="inlineStr">
         <is>
-          <t>Salones</t>
+          <t>Hoteles</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>El Chalet Club Universitario La Plata</t>
+          <t>Hotel Grand Brizo La Plata</t>
         </is>
       </c>
       <c r="C3" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E3" t="n">
-        <v>250</v>
-[...3 lines deleted...]
-    <row r="4" ht="30" customHeight="1">
+        <v>375</v>
+      </c>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>HOTEL GRAND BRIZO LA PLATA
+Dirección: 51 N° 715
+Tel: +542215126200 [fijo]
+Email: recepcion.lp@grandbrizohoteles.com
+Redes: https://www.hotelgrandbrizolaplata.com/</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" ht="75" customHeight="1">
       <c r="A4" s="2" t="inlineStr">
         <is>
-          <t>Salones</t>
+          <t>Hoteles</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Espai Eventos</t>
+          <t>Hotel Land Plaza La Plata</t>
         </is>
       </c>
       <c r="C4" t="n">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="E4" t="n">
+        <v>55</v>
       </c>
       <c r="F4" t="n">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="I4" t="inlineStr"/>
+        <v>50</v>
+      </c>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>Hotel Land Plaza La Plata
+Dirección: 6 N° 572
+Tel: +542215128400 [fijo]
+Email: reservaslp@landplaza.com.ar
+Redes: https://landplazalaplata.com.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="5" ht="30" customHeight="1">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Fontana di Trevi Eventos</t>
+          <t>Club Banco Provincia</t>
         </is>
       </c>
       <c r="C5" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F5" t="n">
-        <v>110</v>
-[...4 lines deleted...]
-Redes: 1: https://www.facebook.com/fontanaditrevi.eventos/?locale=es_LA</t>
+        <v>120</v>
+      </c>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>Club Banco Provincia
+Redes: https://www.clubbancolp.com.ar/</t>
         </is>
       </c>
     </row>
     <row r="6" ht="30" customHeight="1">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Enramada Eventos</t>
+          <t>Espai Eventos</t>
         </is>
       </c>
       <c r="C6" t="n">
         <v>1</v>
       </c>
       <c r="F6" t="n">
-        <v>800</v>
-[...1 lines deleted...]
-      <c r="I6" t="inlineStr"/>
+        <v>180</v>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>Espai Eventos
+Redes: https://espaieventos.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="7" ht="30" customHeight="1">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Teatro de Cámara City Bell</t>
         </is>
       </c>
       <c r="C7" t="n">
         <v>3</v>
       </c>
       <c r="D7" t="n">
         <v>300</v>
       </c>
       <c r="E7" t="n">
         <v>160</v>
       </c>
-      <c r="I7" s="2" t="inlineStr">
+      <c r="H7" s="2" t="inlineStr">
         <is>
           <t>Teatro de Cámara City Bell
-Redes: 2: https://www.instagram.com/teatrodecamaracitybell/?hl=es</t>
+Redes: https://www.instagram.com/teatrodecamaracitybell/?hl=es</t>
         </is>
       </c>
     </row>
     <row r="8" ht="30" customHeight="1">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
+          <t>Salón Hotel City Bell</t>
+        </is>
+      </c>
+      <c r="C8" t="n">
+        <v>1</v>
+      </c>
+      <c r="E8" t="n">
+        <v>25</v>
+      </c>
+      <c r="H8" s="2" t="inlineStr">
+        <is>
+          <t>Hotel City Bell
+Redes: http://hotelcitybell.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="30" customHeight="1">
+      <c r="A9" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Fontana di Trevi Eventos</t>
+        </is>
+      </c>
+      <c r="C9" t="n">
+        <v>1</v>
+      </c>
+      <c r="F9" t="n">
+        <v>110</v>
+      </c>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>Fontana di Trevi Eventos
+Redes: https://www.facebook.com/fontanaditrevi.eventos/?locale=es_LA</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" ht="30" customHeight="1">
+      <c r="A10" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>ACIMCO Asociación Comerciantes e Industriales en Materiales de Construcción</t>
+        </is>
+      </c>
+      <c r="C10" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" t="n">
+        <v>80</v>
+      </c>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>Asociación Comerciantes e Industriales en Materiales de Construcción
+Redes: https://www.instagram.com/acimco.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" ht="30" customHeight="1">
+      <c r="A11" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Caja de Psicólogos Provincia de Buenos Aires</t>
+        </is>
+      </c>
+      <c r="C11" t="n">
+        <v>1</v>
+      </c>
+      <c r="E11" t="n">
+        <v>120</v>
+      </c>
+      <c r="H11" s="2" t="inlineStr">
+        <is>
+          <t>Caja de Psicólogos PBA
+Email: info@cajapsipba.org.ar</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" ht="30" customHeight="1">
+      <c r="A12" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Cámara Argentina de la Construcción</t>
+        </is>
+      </c>
+      <c r="C12" t="n">
+        <v>1</v>
+      </c>
+      <c r="D12" t="n">
+        <v>196</v>
+      </c>
+      <c r="E12" t="n">
+        <v>200</v>
+      </c>
+      <c r="H12" s="2" t="inlineStr">
+        <is>
+          <t>Cámara Argentina de la Construcción
+Redes: https://www.cacba.org.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" ht="30" customHeight="1">
+      <c r="A13" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Casa Frawens</t>
+        </is>
+      </c>
+      <c r="C13" t="n">
+        <v>2</v>
+      </c>
+      <c r="F13" t="n">
+        <v>480</v>
+      </c>
+      <c r="H13" s="2" t="inlineStr">
+        <is>
+          <t>Casa Frawens
+Redes: https://www.casafrawens.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" ht="30" customHeight="1">
+      <c r="A14" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Centro de Convenciones UNLP</t>
+        </is>
+      </c>
+      <c r="C14" t="n">
+        <v>18</v>
+      </c>
+      <c r="E14" t="n">
+        <v>300</v>
+      </c>
+      <c r="H14" s="2" t="inlineStr">
+        <is>
+          <t>Centro de Convenciones UNLP
+Redes: https://unlp.edu.ar/ensenanza/posgrado/centro_de_posgrado_sergio_karakachoff-4081-9081/</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" ht="30" customHeight="1">
+      <c r="A15" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Colegio de Abogados de La Plata</t>
+        </is>
+      </c>
+      <c r="C15" t="n">
+        <v>1</v>
+      </c>
+      <c r="E15" t="n">
+        <v>440</v>
+      </c>
+      <c r="H15" s="2" t="inlineStr">
+        <is>
+          <t>Colegio de Abogados La Plata
+Redes: https://www.calp.org.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" ht="30" customHeight="1">
+      <c r="A16" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Colegio de Arquitectos de la provincia de Buenos Aires</t>
+        </is>
+      </c>
+      <c r="C16" t="n">
+        <v>1</v>
+      </c>
+      <c r="E16" t="n">
+        <v>90</v>
+      </c>
+      <c r="H16" s="2" t="inlineStr">
+        <is>
+          <t>Colegio de Arquitectos de la provincia de Buenos Aires
+Redes: https://www.capbacs.com/contacto</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" ht="30" customHeight="1">
+      <c r="A17" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Colegio de Escribanos de la provincia de Buenos Aires</t>
+        </is>
+      </c>
+      <c r="C17" t="n">
+        <v>1</v>
+      </c>
+      <c r="E17" t="n">
+        <v>170</v>
+      </c>
+      <c r="H17" s="2" t="inlineStr">
+        <is>
+          <t>Colegio de Escribanos de la provincia de Buenos Aires
+Redes: https://www.colescba.org.ar/portal/</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" ht="30" customHeight="1">
+      <c r="A18" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Colegio de Martilleros La Plata</t>
+        </is>
+      </c>
+      <c r="C18" t="n">
+        <v>1</v>
+      </c>
+      <c r="E18" t="n">
+        <v>200</v>
+      </c>
+      <c r="H18" s="2" t="inlineStr">
+        <is>
+          <t>Colegio de Martilleros La Plata
+Redes: https://www.instagram.com/martilleroslp/</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" ht="30" customHeight="1">
+      <c r="A19" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Conservatorio Gilardo Gilardi</t>
+        </is>
+      </c>
+      <c r="C19" t="n">
+        <v>1</v>
+      </c>
+      <c r="E19" t="n">
+        <v>200</v>
+      </c>
+      <c r="H19" s="2" t="inlineStr">
+        <is>
+          <t>Conservatorio Gilardo Gilardi
+Redes: https://gilardogilardi.wordpress.com/</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" ht="30" customHeight="1">
+      <c r="A20" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Emperador Eventos</t>
+        </is>
+      </c>
+      <c r="C20" t="n">
+        <v>1</v>
+      </c>
+      <c r="F20" t="n">
+        <v>130</v>
+      </c>
+      <c r="H20" s="2" t="inlineStr">
+        <is>
+          <t>Emperador Eventos
+Redes: https://www.facebook.com/emperadorev/?locale=es_LA</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" ht="30" customHeight="1">
+      <c r="A21" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Espacio Ctibor</t>
+        </is>
+      </c>
+      <c r="C21" t="n">
+        <v>1</v>
+      </c>
+      <c r="E21" t="n">
+        <v>60</v>
+      </c>
+      <c r="H21" s="2" t="inlineStr">
+        <is>
+          <t>Museo del Ladrillo
+Redes: https://www.museodelladrillo.com.ar/museo.php</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" ht="30" customHeight="1">
+      <c r="A22" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Espacio Terraza</t>
+        </is>
+      </c>
+      <c r="C22" t="n">
+        <v>1</v>
+      </c>
+      <c r="F22" t="n">
+        <v>220</v>
+      </c>
+      <c r="H22" s="2" t="inlineStr">
+        <is>
+          <t>Espacio Terraza
+Redes: https://terrazaespacio.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" ht="30" customHeight="1">
+      <c r="A23" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Espacio Weiaut</t>
+        </is>
+      </c>
+      <c r="C23" t="n">
+        <v>1</v>
+      </c>
+      <c r="E23" t="n">
+        <v>170</v>
+      </c>
+      <c r="F23" t="n">
+        <v>100</v>
+      </c>
+      <c r="H23" s="2" t="inlineStr">
+        <is>
+          <t>Espacio Weiaut
+Redes: https://www.instagram.com/espacio.weiaut/?hl=es-la</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" ht="30" customHeight="1">
+      <c r="A24" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>FEMAPE</t>
+        </is>
+      </c>
+      <c r="C24" t="n">
+        <v>1</v>
+      </c>
+      <c r="E24" t="n">
+        <v>80</v>
+      </c>
+      <c r="H24" s="2" t="inlineStr">
+        <is>
+          <t>FEMAPE
+Redes: https://femape.org.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" ht="30" customHeight="1">
+      <c r="A25" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Hospital Universitario Integrado de la UNLP</t>
+        </is>
+      </c>
+      <c r="C25" t="n">
+        <v>3</v>
+      </c>
+      <c r="D25" t="n">
+        <v>135</v>
+      </c>
+      <c r="E25" t="n">
+        <v>200</v>
+      </c>
+      <c r="H25" s="2" t="inlineStr">
+        <is>
+          <t>Hospital Universitario Integrado
+Redes: https://www.facebook.com/HUILAPLATA/?locale=es_LA</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" ht="30" customHeight="1">
+      <c r="A26" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Rectorado de la UNLP</t>
+        </is>
+      </c>
+      <c r="C26" t="n">
+        <v>1</v>
+      </c>
+      <c r="F26" t="n">
+        <v>330</v>
+      </c>
+      <c r="H26" s="2" t="inlineStr">
+        <is>
+          <t>Rectorado de la UNLP
+Redes: https://unlp.edu.ar/institucional/</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" ht="30" customHeight="1">
+      <c r="A27" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Roma Recepciones</t>
+        </is>
+      </c>
+      <c r="C27" t="n">
+        <v>1</v>
+      </c>
+      <c r="F27" t="n">
+        <v>620</v>
+      </c>
+      <c r="H27" s="2" t="inlineStr">
+        <is>
+          <t>Roma Recepciones
+Redes: https://www.instagram.com/romarecepciones_premium/?hl=es</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" ht="30" customHeight="1">
+      <c r="A28" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Salón Lozano</t>
+        </is>
+      </c>
+      <c r="C28" t="n">
+        <v>2</v>
+      </c>
+      <c r="D28" t="n">
+        <v>234</v>
+      </c>
+      <c r="E28" t="n">
+        <v>340</v>
+      </c>
+      <c r="H28" s="2" t="inlineStr">
+        <is>
+          <t>Salón Lozano
+Redes: https://www.instagram.com/salonlozano/?hl=es</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" ht="30" customHeight="1">
+      <c r="A29" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Universidad Católica de La Plata</t>
+        </is>
+      </c>
+      <c r="C29" t="n">
+        <v>1</v>
+      </c>
+      <c r="E29" t="n">
+        <v>400</v>
+      </c>
+      <c r="H29" s="2" t="inlineStr">
+        <is>
+          <t>Universidad Católica de La Plata
+Redes: https://www.ucalp.edu.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" ht="30" customHeight="1">
+      <c r="A30" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Universidad del Este</t>
+        </is>
+      </c>
+      <c r="C30" t="n">
+        <v>1</v>
+      </c>
+      <c r="E30" t="n">
+        <v>190</v>
+      </c>
+      <c r="H30" s="2" t="inlineStr">
+        <is>
+          <t>Univerdad del Este
+Redes: https://www.ude.edu.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" ht="30" customHeight="1">
+      <c r="A31" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Salones Hotel Days Inn La Plata</t>
+        </is>
+      </c>
+      <c r="C31" t="n">
+        <v>1</v>
+      </c>
+      <c r="E31" t="n">
+        <v>50</v>
+      </c>
+      <c r="H31" s="2" t="inlineStr">
+        <is>
+          <t>Days Inn La Plata
+Redes: https://www.wyndhamhotels.com/es-xl/days-inn/la-plata-argentina/days-inn-and-suites-by-wyndham-la-plata/overview</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" ht="30" customHeight="1">
+      <c r="A32" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Salones Howard Johnson La Plata</t>
+        </is>
+      </c>
+      <c r="C32" t="n">
+        <v>4</v>
+      </c>
+      <c r="E32" t="n">
+        <v>420</v>
+      </c>
+      <c r="H32" s="2" t="inlineStr">
+        <is>
+          <t>Howard Johnson La Plata
+Redes: https://www.hjlaplata.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" ht="30" customHeight="1">
+      <c r="A33" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Salones Hotel Dazzler by Wyndham La Plata</t>
+        </is>
+      </c>
+      <c r="C33" t="n">
+        <v>1</v>
+      </c>
+      <c r="E33" t="n">
+        <v>40</v>
+      </c>
+      <c r="H33" s="2" t="inlineStr">
+        <is>
+          <t>Dazzler by Wyndham La Plata
+Redes: https://dazzlerlaplata.com/</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" ht="30" customHeight="1">
+      <c r="A34" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Centro Cultural Islas Malvinas</t>
+        </is>
+      </c>
+      <c r="C34" t="n">
+        <v>2</v>
+      </c>
+      <c r="D34" t="n">
+        <v>169</v>
+      </c>
+      <c r="E34" t="n">
+        <v>120</v>
+      </c>
+      <c r="F34" t="n">
+        <v>80</v>
+      </c>
+      <c r="H34" s="2" t="inlineStr">
+        <is>
+          <t>Centro Cultural Islas Malvinas
+Redes: https://turismo.laplata.gob.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" ht="30" customHeight="1">
+      <c r="A35" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Centro Cultural Pasaje Dardo Rocha</t>
+        </is>
+      </c>
+      <c r="C35" t="n">
+        <v>6</v>
+      </c>
+      <c r="E35" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F35" t="n">
+        <v>1500</v>
+      </c>
+      <c r="H35" s="2" t="inlineStr">
+        <is>
+          <t>Centro Cultural Pasaje Dardo Rocha
+Redes: https://turismo.laplata.gob.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" ht="30" customHeight="1">
+      <c r="A36" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Teatro Municipal Coliseo Podestá</t>
+        </is>
+      </c>
+      <c r="C36" t="n">
+        <v>1</v>
+      </c>
+      <c r="D36" t="n">
+        <v>2157</v>
+      </c>
+      <c r="E36" t="n">
+        <v>1058</v>
+      </c>
+      <c r="H36" s="2" t="inlineStr">
+        <is>
+          <t>Teatro Municipal Coliseo Podestá
+Redes: https://turismo.laplata.gob.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="30" customHeight="1">
+      <c r="A37" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Teatro Argentino La Plata</t>
+        </is>
+      </c>
+      <c r="C37" t="n">
+        <v>4</v>
+      </c>
+      <c r="D37" t="n">
+        <v>1365</v>
+      </c>
+      <c r="E37" t="n">
+        <v>1780</v>
+      </c>
+      <c r="H37" s="2" t="inlineStr">
+        <is>
+          <t>Teatro Argentino
+Redes: https://teatroargentino.gba.gob.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" ht="30" customHeight="1">
+      <c r="A38" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Salón Cámara de Comercio e Industria de La Plata</t>
+        </is>
+      </c>
+      <c r="C38" t="n">
+        <v>1</v>
+      </c>
+      <c r="E38" t="n">
+        <v>90</v>
+      </c>
+      <c r="H38" s="2" t="inlineStr">
+        <is>
+          <t>Cámara de Comercio e Industria de La Plata
+Redes: https://lacamara.org.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" ht="30" customHeight="1">
+      <c r="A39" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Estadio Único Diego Armando Maradona</t>
+        </is>
+      </c>
+      <c r="C39" t="n">
+        <v>1</v>
+      </c>
+      <c r="E39" t="n">
+        <v>40000</v>
+      </c>
+      <c r="H39" s="2" t="inlineStr">
+        <is>
+          <t>Estadio Único Diego Armando Maradona
+Redes: https://estadiounicodam.gba.gob.ar/, https://www.instagram.com/accounts/login/?next=%2Festadiounico.dam%2F&amp;source=omni_redirect&amp;hl=es</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="30" customHeight="1">
+      <c r="A40" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Salón Dorado Municipalidad de La Plata</t>
+        </is>
+      </c>
+      <c r="C40" t="n">
+        <v>1</v>
+      </c>
+      <c r="E40" t="n">
+        <v>150</v>
+      </c>
+      <c r="H40" s="2" t="inlineStr">
+        <is>
+          <t>Municipalidad de La Plata
+Redes: https://www.instagram.com/laplata.capital/?hl=es, https://www.laplata.gob.ar/#/</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" ht="30" customHeight="1">
+      <c r="A41" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Hotel AMAU</t>
+        </is>
+      </c>
+      <c r="C41" t="n">
+        <v>3</v>
+      </c>
+      <c r="E41" t="n">
+        <v>210</v>
+      </c>
+      <c r="H41" s="2" t="inlineStr">
+        <is>
+          <t>Hotel AMAU
+Redes: https://amau.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" ht="30" customHeight="1">
+      <c r="A42" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Janos Hipódromo de La Plata</t>
+        </is>
+      </c>
+      <c r="C42" t="n">
+        <v>1</v>
+      </c>
+      <c r="E42" t="n">
+        <v>500</v>
+      </c>
+      <c r="H42" s="2" t="inlineStr">
+        <is>
+          <t>Janos Hipódromo de La Plata
+Email: info@janoseventos.com</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" ht="30" customHeight="1">
+      <c r="A43" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>El Chalet Club Universitario La Plata</t>
+        </is>
+      </c>
+      <c r="C43" t="n">
+        <v>1</v>
+      </c>
+      <c r="E43" t="n">
+        <v>670</v>
+      </c>
+      <c r="H43" s="2" t="inlineStr">
+        <is>
+          <t>El Chalet Club Universitario La Plata
+Redes: https://clubuniversitario.org.ar/nueva/el-club/sedes/gonnet/</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" ht="30" customHeight="1">
+      <c r="A44" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Enramada Eventos</t>
+        </is>
+      </c>
+      <c r="C44" t="n">
+        <v>1</v>
+      </c>
+      <c r="F44" t="n">
+        <v>600</v>
+      </c>
+      <c r="H44" s="2" t="inlineStr">
+        <is>
+          <t>Enramada
+Redes: https://enramadaeventos.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" ht="30" customHeight="1">
+      <c r="A45" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
           <t>Vonharv</t>
         </is>
       </c>
-      <c r="C8" t="n">
+      <c r="C45" t="n">
         <v>5</v>
       </c>
-      <c r="D8" t="n">
+      <c r="D45" t="n">
         <v>1100</v>
       </c>
-      <c r="E8" t="n">
+      <c r="E45" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F45" t="n">
         <v>1300</v>
       </c>
-      <c r="F8" t="n">
-[...2 lines deleted...]
-      <c r="I8" t="inlineStr"/>
+      <c r="H45" s="2" t="inlineStr">
+        <is>
+          <t>Vonharv
+Redes: https://vonharv.com/</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;16 Turismo Reuniones e Incentivos - La Plata</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>