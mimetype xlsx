--- v0 (2026-02-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Prestadores" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Alojamientos" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Atractivos Turísticos" sheetId="2" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <color rgb="00FFFFFF"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
@@ -428,1114 +428,695 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I40"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="9" customWidth="1" min="1" max="1"/>
-    <col width="70" customWidth="1" min="2" max="2"/>
+    <col width="43" customWidth="1" min="2" max="2"/>
     <col width="21" customWidth="1" min="3" max="3"/>
     <col width="24" customWidth="1" min="4" max="4"/>
     <col width="21" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
-    <col width="8" customWidth="1" min="7" max="7"/>
+    <col width="80" customWidth="1" min="7" max="7"/>
     <col width="80" customWidth="1" min="8" max="8"/>
-    <col width="80" customWidth="1" min="9" max="9"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Tipo</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Establecimiento</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Cantidad de salones</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>m2 del salón principal</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Capacidad Auditorio</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Capacidad Banquete</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
-          <t>Plazas</t>
+          <t>Accesibilidad</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="I1" s="1" t="inlineStr">
         <is>
           <t>Contacto</t>
         </is>
       </c>
     </row>
     <row r="2" ht="60" customHeight="1">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Hoteles</t>
         </is>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>CASA LAUREL</t>
         </is>
       </c>
       <c r="C2" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D2" t="n">
-        <v>72</v>
-[...4 lines deleted...]
-      <c r="I2" s="2" t="inlineStr">
+        <v>94</v>
+      </c>
+      <c r="E2" t="n">
+        <v>60</v>
+      </c>
+      <c r="H2" s="2" t="inlineStr">
         <is>
           <t>CASA LAUREL
 Dirección: LAVALLE 277
 Tel: +542241683696 [fijo]
 Email: info@casalaurel.com.ar</t>
         </is>
       </c>
     </row>
-    <row r="3" ht="30" customHeight="1">
+    <row r="3" ht="75" customHeight="1">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Hoteles</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>HOWARD JHONSON CHASCOMUS</t>
         </is>
       </c>
       <c r="C3" t="n">
+        <v>3</v>
+      </c>
+      <c r="D3" t="n">
+        <v>540</v>
+      </c>
+      <c r="E3" t="n">
+        <v>400</v>
+      </c>
+      <c r="G3" s="2" t="inlineStr">
+        <is>
+          <t>Dos habitación adaptadas. Estacionamiento con rampa a nivel. Sanitario accesible en espacios comunes. Menú para celíacos/otros.</t>
+        </is>
+      </c>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>Howard Johnson Chascomús
+Dirección: Loberia 738
+Tel: +542241433243 [fijo], +542241676360 [whatsapp]
+Email: pascualluciana@fibertel.com.ar, reservas@hjchascomus.com.ar
+Redes: https://hjchascomus.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" ht="75" customHeight="1">
+      <c r="A4" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B4" s="2" t="inlineStr">
+        <is>
+          <t>Salones Estancia La Alameda</t>
+        </is>
+      </c>
+      <c r="C4" t="n">
         <v>4</v>
       </c>
-      <c r="D3" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="D4" t="n">
-        <v>136</v>
+        <v>800</v>
       </c>
       <c r="E4" t="n">
-        <v>80</v>
+        <v>1300</v>
       </c>
       <c r="F4" t="n">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>800</v>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>SI</t>
-[...4 lines deleted...]
-    <row r="5" ht="30" customHeight="1">
+          <t>ESTANCIA LA ALAMEDA
+Dirección: CAMINO CIRCUNVALACION KM 12.6
+Tel: +541157133534 [fijo]
+Email: administracion@estancialaalameda.com
+Redes: https://www.estancialaalameda.com/</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="75" customHeight="1">
       <c r="A5" s="2" t="inlineStr">
         <is>
-          <t>Hoteles</t>
+          <t>Salones</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>DELTA ECO HOTEL</t>
+          <t>Salón Complejo La Grulla</t>
         </is>
       </c>
       <c r="C5" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D5" t="n">
-        <v>87</v>
+        <v>120</v>
       </c>
       <c r="E5" t="n">
-        <v>84</v>
-[...7 lines deleted...]
-      <c r="I5" t="inlineStr"/>
+        <v>60</v>
+      </c>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>LA GRULLA
+Dirección: Carlos Pellegrini 1246
+Tel: +542241422639 [fijo]
+Email: info@complejolagrulla.com
+Redes: https://complejolagrulla.com/</t>
+        </is>
+      </c>
     </row>
     <row r="6" ht="30" customHeight="1">
       <c r="A6" s="2" t="inlineStr">
         <is>
-          <t>Hoteles</t>
+          <t>Salones</t>
         </is>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>EL OMBU DE ARECO SRL</t>
+          <t>Instituto Tecnológico de Chascomús INTECH</t>
         </is>
       </c>
       <c r="C6" t="n">
         <v>2</v>
       </c>
-      <c r="F6" t="n">
-[...7 lines deleted...]
-    <row r="7" ht="60" customHeight="1">
+      <c r="D6" t="n">
+        <v>200</v>
+      </c>
+      <c r="E6" t="n">
+        <v>150</v>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>Instituto Tecnológico de Chascomús
+Redes: https://intech.conicet.gov.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" ht="30" customHeight="1">
       <c r="A7" s="2" t="inlineStr">
         <is>
-          <t>Hoteles</t>
+          <t>Salones</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>GRAN HOTEL DORA</t>
+          <t>Biblioteca Sarmiento</t>
         </is>
       </c>
       <c r="C7" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D7" t="n">
-        <v>972</v>
+        <v>120</v>
       </c>
       <c r="E7" t="n">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="F7" t="n">
-        <v>300</v>
-[...9 lines deleted...]
-Email: frantdesk@hotelera.com.ar</t>
+        <v>50</v>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>Biblioteca Sarmiento
+Redes: https://www.instagram.com/bibliotecasarmientochascomus/?hl=es-la</t>
         </is>
       </c>
     </row>
     <row r="8" ht="30" customHeight="1">
       <c r="A8" s="2" t="inlineStr">
         <is>
-          <t>Hoteles</t>
+          <t>Salones</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>HOTEL CORREGIDOR</t>
+          <t>Salón Las Lomas Apart Suites Spa</t>
         </is>
       </c>
       <c r="C8" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D8" t="n">
-        <v>130</v>
+        <v>100</v>
       </c>
       <c r="E8" t="n">
-        <v>180</v>
+        <v>40</v>
       </c>
       <c r="F8" t="n">
-        <v>150</v>
-[...4 lines deleted...]
-      <c r="I8" t="inlineStr"/>
+        <v>25</v>
+      </c>
+      <c r="H8" s="2" t="inlineStr">
+        <is>
+          <t>Las Lomas Apart Suites Spa
+Redes: https://laslomaschascomus.wordpress.com/</t>
+        </is>
+      </c>
     </row>
     <row r="9" ht="30" customHeight="1">
       <c r="A9" s="2" t="inlineStr">
         <is>
-          <t>Hoteles</t>
+          <t>Salones</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>HOTEL GRAND BRIZO LA PLATA</t>
+          <t>Teatro Municipal Brazzola</t>
         </is>
       </c>
       <c r="C9" t="n">
-        <v>5</v>
+        <v>3</v>
+      </c>
+      <c r="D9" t="n">
+        <v>555</v>
       </c>
       <c r="E9" t="n">
-        <v>375</v>
-[...4 lines deleted...]
-      <c r="I9" t="inlineStr"/>
+        <v>364</v>
+      </c>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>Teatro Brazzola
+Redes: https://www.facebook.com/p/Teatro-Municipal-Brazzola-100057069145887/</t>
+        </is>
+      </c>
     </row>
     <row r="10" ht="30" customHeight="1">
       <c r="A10" s="2" t="inlineStr">
         <is>
-          <t>Hoteles</t>
+          <t>Salones</t>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>HOTEL LAND PLAZA LA PLATA</t>
+          <t>Club de Regatas Chascomús</t>
         </is>
       </c>
       <c r="C10" t="n">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="D10" t="n">
+        <v>560</v>
       </c>
       <c r="E10" t="n">
-        <v>55</v>
+        <v>400</v>
       </c>
       <c r="F10" t="n">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="I10" t="inlineStr"/>
+        <v>270</v>
+      </c>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>Club de Regatas Chascomús
+Redes: https://www.crch.com.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="11" ht="30" customHeight="1">
       <c r="A11" s="2" t="inlineStr">
         <is>
-          <t>Hoteles</t>
+          <t>Salones</t>
         </is>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>RCT CLUB VACACIONAL SPA</t>
+          <t>Club Social Chascomús</t>
         </is>
       </c>
       <c r="C11" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D11" t="n">
-        <v>400</v>
+        <v>374</v>
       </c>
       <c r="E11" t="n">
-        <v>600</v>
-[...2 lines deleted...]
-        <v>1194</v>
+        <v>330</v>
+      </c>
+      <c r="F11" t="n">
+        <v>200</v>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>si</t>
-[...2 lines deleted...]
-      <c r="I11" t="inlineStr"/>
+          <t>Club Social Chascomús
+Tel: +542241493545 [fijo]</t>
+        </is>
+      </c>
     </row>
     <row r="12" ht="30" customHeight="1">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Instituto Tecnológico de Chascomús INTECH</t>
+          <t>La Fábrica</t>
         </is>
       </c>
       <c r="C12" t="n">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="D12" t="n">
+        <v>200</v>
       </c>
       <c r="E12" t="n">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="I12" t="inlineStr"/>
+        <v>250</v>
+      </c>
+      <c r="H12" s="2" t="inlineStr">
+        <is>
+          <t>La Fábrica
+Redes: https://www.instagram.com/lafabrica.ch/?hl=es</t>
+        </is>
+      </c>
     </row>
     <row r="13" ht="30" customHeight="1">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Biblioteca Sarmiento</t>
+          <t>Salón Estancia La Horqueta</t>
         </is>
       </c>
       <c r="C13" t="n">
         <v>1</v>
       </c>
       <c r="D13" t="n">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="E13" t="n">
-        <v>100</v>
-[...7 lines deleted...]
-Redes: 2: https://www.instagram.com/bibliotecasarmientochascomus/?hl=es-la</t>
+        <v>40</v>
+      </c>
+      <c r="H13" s="2" t="inlineStr">
+        <is>
+          <t>Estancia La Horqueta
+Redes: https://www.instagram.com/estancialahorqueta/?hl=es</t>
         </is>
       </c>
     </row>
     <row r="14" ht="30" customHeight="1">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Club Atlético Chascomús</t>
+          <t>Salón Hotel Chascomús</t>
         </is>
       </c>
       <c r="C14" t="n">
         <v>1</v>
       </c>
       <c r="D14" t="n">
-        <v>288</v>
+        <v>120</v>
       </c>
       <c r="E14" t="n">
-        <v>200</v>
-[...22 lines deleted...]
-      <c r="E15" t="n">
         <v>100</v>
       </c>
-      <c r="I15" s="2" t="inlineStr">
-[...543 lines deleted...]
-      <c r="I40" t="inlineStr"/>
+      <c r="H14" s="2" t="inlineStr">
+        <is>
+          <t>Hotel Chascomús
+Redes: https://www.instagram.com/hotelchascomus/</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;16 Turismo Reuniones e Incentivos - Chascomús</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C3"/>
+  <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
-    <col width="25" customWidth="1" min="1" max="1"/>
+    <col width="41" customWidth="1" min="1" max="1"/>
     <col width="80" customWidth="1" min="2" max="2"/>
-    <col width="10" customWidth="1" min="3" max="3"/>
+    <col width="80" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Nombre</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Descripción</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Contacto</t>
         </is>
       </c>
     </row>
-    <row r="2" ht="30" customHeight="1">
+    <row r="2" ht="90" customHeight="1">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Estación Hidrobiológica</t>
         </is>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Creada en 1943, la estación de piscicultura de Chascomús perteneciente al ministerio de Asuntos Agrarios de la Provincia de Bs As, se encarga de realizar la reproducción y siembra del pejerrey en las lagunas de la provincia de Buenos Aires</t>
-[...2 lines deleted...]
-      <c r="C2" t="inlineStr"/>
+          <t>Creada en 1943, dedicada a la piscicultura. Reproduce y siembra pejerrey en las lagunas de la provincia. Supervisa la calidad de la fauna acuática y controla su crecimiento.</t>
+        </is>
+      </c>
+      <c r="C2" s="2" t="inlineStr">
+        <is>
+          <t>Chascomús (Subsecretaría de Desarrollo Turístico y Productivo)
+Dependencia: Secretaría de Desarrollo Turístico, Productivo y Cultural
+Dirección: Avenida Costanera España 25
+Tel: +542241603414 [fijo]
+Email: turismo@chascomus.gob.ar
+Redes: https://www.facebook.com/chascomustur/?locale=es_LA, https://www.instagram.com/turismochascomus/?hl=es, http://www.chascomus.gob.ar</t>
+        </is>
+      </c>
     </row>
     <row r="3" ht="30" customHeight="1">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Estancia La Alameda</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Casa de estancia que ofrece nueve suites con vistas a la laguna y al patio del aljibe. Las habitaciones están decoradas con muebles de época. Permite experimentar la historia y tradición local con un estilo cuidado.</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr"/>
+      <c r="C3" s="2" t="inlineStr">
+        <is>
+          <t>Estancia La Alameda
+Redes: https://www.estancialaalameda.com/</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" ht="30" customHeight="1">
+      <c r="A4" s="2" t="inlineStr">
+        <is>
+          <t>Puerto Aventura</t>
+        </is>
+      </c>
+      <c r="B4" s="2" t="inlineStr">
+        <is>
+          <t>Parque recreativo de seis hectáreas frente a la laguna. Combina infraestructura para recreación y entorno natural. Brinda actividades para distintas edades, incluyendo juegos y deportes acuáticos.</t>
+        </is>
+      </c>
+      <c r="C4" s="2" t="inlineStr">
+        <is>
+          <t>Puerto Aventura
+Redes: https://voyapuertoaventura.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="45" customHeight="1">
+      <c r="A5" s="2" t="inlineStr">
+        <is>
+          <t>Asociación de Pesca y Náutica Chascomús</t>
+        </is>
+      </c>
+      <c r="B5" s="2" t="inlineStr">
+        <is>
+          <t>Actividades acuáticas. Kayaks, embarcaciones y tablas SUP.</t>
+        </is>
+      </c>
+      <c r="C5" s="2" t="inlineStr">
+        <is>
+          <t>Asociación de Pesca y Náutica Chascomús
+Tel: +542241423231 [celular]
+Redes: https://www.instagram.com/apnchascomusok/?hl=es-la</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" ht="45" customHeight="1">
+      <c r="A6" s="2" t="inlineStr">
+        <is>
+          <t>Country Golf Chascomús</t>
+        </is>
+      </c>
+      <c r="B6" s="2" t="inlineStr">
+        <is>
+          <t>Además de la cancha de golf de 9 hoyos, cuenta con 6 canchas de tenis, 2 canchas de fútbol y una cancha de paddle.</t>
+        </is>
+      </c>
+      <c r="C6" s="2" t="inlineStr">
+        <is>
+          <t>Country Golf
+Tel: +542241420085 [celular]
+Redes: https://www.golfchascomuscc.com/</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" ht="45" customHeight="1">
+      <c r="A7" s="2" t="inlineStr">
+        <is>
+          <t>Paracaidismo Chascomús</t>
+        </is>
+      </c>
+      <c r="B7" s="2" t="inlineStr">
+        <is>
+          <t>Paracaidismo. Experiencia para animarse a dar el primer salto tándem.</t>
+        </is>
+      </c>
+      <c r="C7" s="2" t="inlineStr">
+        <is>
+          <t>Paracaidismo Chascomús
+Tel: +541157960214 [celular]
+Redes: https://paracaidismochascomus.com/</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" ht="45" customHeight="1">
+      <c r="A8" s="2" t="inlineStr">
+        <is>
+          <t>Sky Dive Center</t>
+        </is>
+      </c>
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>Salto de bautismo en paracaídas para disfrutar de una aventura con vista única de la ciudad de Chascomús.</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>Sky Dive Center
+Tel: +541159556060 [whatsapp]
+Redes: https://skydivecenter.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="45" customHeight="1">
+      <c r="A9" s="2" t="inlineStr">
+        <is>
+          <t>Coffate Chascomús</t>
+        </is>
+      </c>
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Gastronomía y Parque Acuático con barcos eléctricos y muelle flotante.
+&amp;nbsp;
+&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>Coffate Chascomús
+Tel: +542241607548 [whatsapp]
+Redes: https://www.instagram.com/coffate_chascomus?igsh=ajQzMXJqMTY3bjdt</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;16 Turismo Reuniones e Incentivos - Chascomús</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>