--- v0 (2026-02-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Atractivos Turísticos" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Alojamientos" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Atractivos Turísticos" sheetId="2" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <color rgb="00FFFFFF"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill/>
@@ -134,51 +136,51 @@
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -426,101 +428,245 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
-    <col width="22" customWidth="1" min="1" max="1"/>
-[...1 lines deleted...]
-    <col width="80" customWidth="1" min="3" max="3"/>
+    <col width="9" customWidth="1" min="1" max="1"/>
+    <col width="21" customWidth="1" min="2" max="2"/>
+    <col width="21" customWidth="1" min="3" max="3"/>
+    <col width="24" customWidth="1" min="4" max="4"/>
+    <col width="21" customWidth="1" min="5" max="5"/>
+    <col width="20" customWidth="1" min="6" max="6"/>
+    <col width="15" customWidth="1" min="7" max="7"/>
+    <col width="80" customWidth="1" min="8" max="8"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Nombre</t>
+          <t>Tipo</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t>Descripción</t>
+          <t>Establecimiento</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
+          <t>Cantidad de salones</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>m2 del salón principal</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Capacidad Auditorio</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Capacidad Banquete</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Accesibilidad</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
           <t>Contacto</t>
         </is>
       </c>
     </row>
-    <row r="2" ht="45" customHeight="1">
+    <row r="2" ht="75" customHeight="1">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Estancia Monte Viejo</t>
+          <t>Salones</t>
         </is>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Será un placer recibirlos con nuestra cálida atención. Nuestras habitaciones, salones, instalaciones y paisajes, le brindarán una experiencia única para sus sentidos. Creemos que el verdadero encanto está en lo pequeño, en los detalles, en las cosas que casi no se ven pero que tocan nuestra alma.</t>
-[...6 lines deleted...]
-Redes: 1: https://www.facebook.com/p/Turismo-Municipalidad-de-Brandsen-100069348903649/, 2: https://www.instagram.com/turismo_brandsen_/?hl=es</t>
+          <t>Salones Estancia MV</t>
+        </is>
+      </c>
+      <c r="C2" t="n">
+        <v>2</v>
+      </c>
+      <c r="E2" t="n">
+        <v>340</v>
+      </c>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>MONTE VIEJO
+Dirección: Ruta 215 Km 51
+Tel: +541166078859 [fijo]
+Email: horacioblanda@gmail.com
+Redes: https://estanciamv.com.ar/</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;16 Turismo Reuniones e Incentivos - Brandsen</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:C4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <cols>
+    <col width="29" customWidth="1" min="1" max="1"/>
+    <col width="80" customWidth="1" min="2" max="2"/>
+    <col width="80" customWidth="1" min="3" max="3"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>Nombre</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>Descripción</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Contacto</t>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="30" customHeight="1">
+      <c r="A2" s="2" t="inlineStr">
+        <is>
+          <t>Estancia MV</t>
+        </is>
+      </c>
+      <c r="B2" s="2" t="inlineStr">
+        <is>
+          <t>Una típica estancia ganadera enmarcada en la arquitectura propia y original de la época colonial. Se destaca un granero de 1858 y la capacidad y servicios para la celebración de eventos.</t>
+        </is>
+      </c>
+      <c r="C2" s="2" t="inlineStr">
+        <is>
+          <t>Estancia MV
+Redes: https://estanciamv.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="45" customHeight="1">
+      <c r="A3" s="2" t="inlineStr">
+        <is>
+          <t>El Abascay quesos orgánicos</t>
+        </is>
+      </c>
+      <c r="B3" s="2" t="inlineStr">
+        <is>
+          <t>Producción orgánica de quesos. Salón para eventos corporativos</t>
+        </is>
+      </c>
+      <c r="C3" s="2" t="inlineStr">
+        <is>
+          <t>El Abascay
+Email: hola@elabascay.com.ar
+Redes: https://www.instagram.com/elabascaybrandsen/, https://elabascay.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" ht="60" customHeight="1">
+      <c r="A4" s="2" t="inlineStr">
+        <is>
+          <t>Hocico Negro Wines</t>
+        </is>
+      </c>
+      <c r="B4" s="2" t="inlineStr">
+        <is>
+          <t>Enoturismo. Recorridos por plantaciones, catas dirigidas, charlas técnicas y degustación de productos regionales.</t>
+        </is>
+      </c>
+      <c r="C4" s="2" t="inlineStr">
+        <is>
+          <t>Hocico Negro
+Tel: +54541136016954 [celular]
+Email: hociconegrowines@gmail.com
+Redes: https://www.instagram.com/hociconegro/?hl=es</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <headerFooter>
+    <oddHeader>&amp;C&amp;"Arial,Bold"&amp;16 Turismo Reuniones e Incentivos - Brandsen</oddHeader>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
+  </headerFooter>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>