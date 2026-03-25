--- v0 (2026-02-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Prestadores" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Alojamientos" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Atractivos Turísticos" sheetId="2" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <color rgb="00FFFFFF"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
@@ -428,623 +428,713 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I15"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="9" customWidth="1" min="1" max="1"/>
     <col width="62" customWidth="1" min="2" max="2"/>
     <col width="21" customWidth="1" min="3" max="3"/>
     <col width="24" customWidth="1" min="4" max="4"/>
     <col width="21" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
-    <col width="8" customWidth="1" min="7" max="7"/>
-[...1 lines deleted...]
-    <col width="80" customWidth="1" min="9" max="9"/>
+    <col width="15" customWidth="1" min="7" max="7"/>
+    <col width="80" customWidth="1" min="8" max="8"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Tipo</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Establecimiento</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Cantidad de salones</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>m2 del salón principal</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Capacidad Auditorio</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Capacidad Banquete</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
-          <t>Plazas</t>
+          <t>Accesibilidad</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
-          <t>Accesibilidad</t>
-[...3 lines deleted...]
-        <is>
           <t>Contacto</t>
         </is>
       </c>
     </row>
-    <row r="2" ht="60" customHeight="1">
+    <row r="2" ht="75" customHeight="1">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Hoteles</t>
         </is>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>El Mingo Casa de Campo</t>
+          <t>HOTEL BALCARCE 646</t>
         </is>
       </c>
       <c r="C2" t="n">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="D2" t="n">
+        <v>136</v>
       </c>
       <c r="E2" t="n">
         <v>80</v>
       </c>
       <c r="F2" t="n">
+        <v>90</v>
+      </c>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>SI</t>
+        </is>
+      </c>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>646 HOTEL BALCARCE
+Dirección: MITRE Y GENERAL BALCARCE
+Tel: +542266422055 [fijo]
+Email: contacto@hotelbalcarce.com
+Redes: https://www.hotelbalcarce.com/</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="60" customHeight="1">
+      <c r="A3" s="2" t="inlineStr">
+        <is>
+          <t>Hoteles</t>
+        </is>
+      </c>
+      <c r="B3" s="2" t="inlineStr">
+        <is>
+          <t>El Mingo Casa de Campo</t>
+        </is>
+      </c>
+      <c r="C3" t="n">
+        <v>1</v>
+      </c>
+      <c r="E3" t="n">
+        <v>80</v>
+      </c>
+      <c r="F3" t="n">
         <v>55</v>
       </c>
-      <c r="I2" s="2" t="inlineStr">
+      <c r="H3" s="2" t="inlineStr">
         <is>
           <t>El Mingo Casa de Campo
 Dirección: Ruta 55 km 68.5
 Tel: +54226615639462 [fijo]
 Email: rafadecesare@gmail.com</t>
         </is>
       </c>
     </row>
-    <row r="3" ht="30" customHeight="1">
-[...25 lines deleted...]
-    </row>
     <row r="4" ht="30" customHeight="1">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Salón de Asociación Cooperadora Facultad Agraria de la UNMDP</t>
+          <t>Agencia de Extensión Rural AER Balcarce del INTA</t>
         </is>
       </c>
       <c r="C4" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D4" t="n">
         <v>80</v>
       </c>
       <c r="E4" t="n">
         <v>180</v>
       </c>
-      <c r="I4" t="inlineStr"/>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>Agencia de Extensión Rural Balcarce del INTA
+Redes: https://www.instagram.com/aerbalcarce/?hl=es</t>
+        </is>
+      </c>
     </row>
     <row r="5" ht="30" customHeight="1">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>La Candelaria Balcarce</t>
+          <t>Salón de Asociación Cooperadora Facultad Agraria de la UNMDP</t>
         </is>
       </c>
       <c r="C5" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D5" t="n">
-        <v>144</v>
+        <v>80</v>
       </c>
       <c r="E5" t="n">
-        <v>150</v>
-[...7 lines deleted...]
-Redes: 2: https://www.instagram.com/eventos.lacandelaria/?hl=es</t>
+        <v>180</v>
+      </c>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>Salón de Asociación Cooperadora Facultad Agraria de la UNMDP
+Redes: https://fca.mdp.edu.ar/</t>
         </is>
       </c>
     </row>
     <row r="6" ht="30" customHeight="1">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Sociedad Rural Balcarce</t>
+          <t>La Candelaria Balcarce</t>
         </is>
       </c>
       <c r="C6" t="n">
         <v>1</v>
       </c>
       <c r="D6" t="n">
-        <v>300</v>
+        <v>144</v>
       </c>
       <c r="E6" t="n">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="F6" t="n">
-        <v>230</v>
-[...4 lines deleted...]
-Redes: 1: https://www.facebook.com/p/Sociedad-Rural-de-Balcarce-100054615152932/?locale=es_LA</t>
+        <v>150</v>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>La Candelaria Balcarce
+Redes: https://www.instagram.com/eventos.lacandelaria/?hl=es</t>
         </is>
       </c>
     </row>
     <row r="7" ht="30" customHeight="1">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>La Pulpería</t>
+          <t>Sociedad Rural Balcarce</t>
         </is>
       </c>
       <c r="C7" t="n">
         <v>1</v>
       </c>
       <c r="D7" t="n">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="E7" t="n">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="F7" t="n">
-        <v>180</v>
-[...4 lines deleted...]
-Redes: 2: https://www.instagram.com/pulperiacarlosmaximocabrera/?hl=es-la</t>
+        <v>230</v>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>Sociedad Rural Balcarce
+Redes: https://www.facebook.com/p/Sociedad-Rural-de-Balcarce-100054615152932/?locale=es_LA</t>
         </is>
       </c>
     </row>
     <row r="8" ht="30" customHeight="1">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Alcira Eventos</t>
+          <t>La Pulpería</t>
         </is>
       </c>
       <c r="C8" t="n">
         <v>1</v>
       </c>
-      <c r="I8" s="2" t="inlineStr">
-[...2 lines deleted...]
-Redes: 2: https://www.instagram.com/alciraseventos_/</t>
+      <c r="D8" t="n">
+        <v>400</v>
+      </c>
+      <c r="E8" t="n">
+        <v>250</v>
+      </c>
+      <c r="F8" t="n">
+        <v>180</v>
+      </c>
+      <c r="H8" s="2" t="inlineStr">
+        <is>
+          <t>La Pulpería
+Redes: https://www.instagram.com/pulperiacarlosmaximocabrera/?hl=es-la</t>
         </is>
       </c>
     </row>
     <row r="9" ht="30" customHeight="1">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Sierra de los Pájaros</t>
+          <t>Alcira Eventos</t>
         </is>
       </c>
       <c r="C9" t="n">
         <v>1</v>
       </c>
-      <c r="I9" s="2" t="inlineStr">
-[...2 lines deleted...]
-Redes: 1: https://www.facebook.com/p/Sierra-De-Los-P%C3%A1jaros-100058154589898/</t>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>Alcira Eventos
+Redes: https://www.instagram.com/alciraseventos_/</t>
         </is>
       </c>
     </row>
     <row r="10" ht="30" customHeight="1">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>San Antonio de la Sierra</t>
+          <t>Sierra de los Pájaros</t>
         </is>
       </c>
       <c r="C10" t="n">
         <v>1</v>
       </c>
-      <c r="D10" t="n">
-[...8 lines deleted...]
-Redes: 1: https://www.facebook.com/SanAntoniodelaSierra/?locale=es_LA</t>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>Sierra de los Pájaros
+Redes: https://www.facebook.com/p/Sierra-De-Los-P%C3%A1jaros-100058154589898/</t>
         </is>
       </c>
     </row>
     <row r="11" ht="30" customHeight="1">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Coworking Subsecretaría de Producción y Empleo de Balcarce</t>
+          <t>San Antonio de la Sierra</t>
         </is>
       </c>
       <c r="C11" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D11" t="n">
+        <v>200</v>
+      </c>
+      <c r="E11" t="n">
         <v>50</v>
       </c>
-      <c r="E11" t="n">
-[...2 lines deleted...]
-      <c r="I11" t="inlineStr"/>
+      <c r="H11" s="2" t="inlineStr">
+        <is>
+          <t>San Antonio de la Sierra
+Redes: https://www.facebook.com/SanAntoniodelaSierra/?locale=es_LA</t>
+        </is>
+      </c>
     </row>
     <row r="12" ht="30" customHeight="1">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>El Cóndor Café Coworking</t>
+          <t>Coworking Subsecretaría de Producción y Empleo de Balcarce</t>
         </is>
       </c>
       <c r="C12" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D12" t="n">
         <v>50</v>
       </c>
       <c r="E12" t="n">
-        <v>45</v>
-[...7 lines deleted...]
-Redes: 2: https://www.instagram.com/elcondorbalcarce/?hl=es</t>
+        <v>25</v>
+      </c>
+      <c r="H12" s="2" t="inlineStr">
+        <is>
+          <t>Coworking Subsecretaría de Producción y Empleo de Balcarce
+Redes: https://balcarce.gob.ar/lotes-en-parque-industrial/</t>
         </is>
       </c>
     </row>
     <row r="13" ht="30" customHeight="1">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Casa de la Historia y Cultura del Bicentenario</t>
+          <t>El Cóndor Café Coworking</t>
         </is>
       </c>
       <c r="C13" t="n">
         <v>1</v>
       </c>
       <c r="D13" t="n">
-        <v>132</v>
+        <v>50</v>
       </c>
       <c r="E13" t="n">
-        <v>90</v>
-[...4 lines deleted...]
-Redes: 1: https://www.facebook.com/p/Casa-de-la-Historia-y-la-Cultura-del-Bicentenario-Balcarce-100082998978995/</t>
+        <v>45</v>
+      </c>
+      <c r="F13" t="n">
+        <v>45</v>
+      </c>
+      <c r="H13" s="2" t="inlineStr">
+        <is>
+          <t>El Cóndor Café Coworking
+Redes: https://www.instagram.com/elcondorbalcarce/?hl=es</t>
         </is>
       </c>
     </row>
     <row r="14" ht="30" customHeight="1">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Teatro Municipal Luis Conti</t>
+          <t>Casa de la Historia y Cultura del Bicentenario</t>
         </is>
       </c>
       <c r="C14" t="n">
         <v>1</v>
       </c>
       <c r="D14" t="n">
-        <v>500</v>
-[...4 lines deleted...]
-Redes: 2: https://www.instagram.com/teatromunicipalbalcarce/?hl=es</t>
+        <v>132</v>
+      </c>
+      <c r="E14" t="n">
+        <v>90</v>
+      </c>
+      <c r="H14" s="2" t="inlineStr">
+        <is>
+          <t>Casa de la Historia y Cultura del Bicentenario
+Redes: https://www.facebook.com/p/Casa-de-la-Historia-y-la-Cultura-del-Bicentenario-Balcarce-100082998978995/</t>
         </is>
       </c>
     </row>
     <row r="15" ht="30" customHeight="1">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
+          <t>Teatro Municipal Luis Conti</t>
+        </is>
+      </c>
+      <c r="C15" t="n">
+        <v>1</v>
+      </c>
+      <c r="D15" t="n">
+        <v>500</v>
+      </c>
+      <c r="H15" s="2" t="inlineStr">
+        <is>
+          <t>Teatro Municipal Luis Conti
+Redes: https://www.instagram.com/teatromunicipalbalcarce/?hl=es</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" ht="30" customHeight="1">
+      <c r="A16" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
           <t>Asociación Italiana Filantrópica Unida de Socorros Mutuos</t>
         </is>
       </c>
-      <c r="C15" t="n">
+      <c r="C16" t="n">
         <v>2</v>
       </c>
-      <c r="D15" t="n">
+      <c r="D16" t="n">
         <v>264</v>
       </c>
-      <c r="E15" t="n">
+      <c r="E16" t="n">
         <v>180</v>
       </c>
-      <c r="F15" t="n">
+      <c r="F16" t="n">
         <v>180</v>
       </c>
-      <c r="I15" s="2" t="inlineStr">
+      <c r="H16" s="2" t="inlineStr">
         <is>
           <t>Asociación Italiana Filantrópica Unida de Socorros Mutuos
-Redes: 1: https://www.facebook.com/p/Asociacion-Italiana-Balcarce-100077778120614/</t>
+Redes: https://www.facebook.com/p/Asociacion-Italiana-Balcarce-100077778120614/</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" ht="30" customHeight="1">
+      <c r="A17" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Salón El Casco Hotel y Spa Rural</t>
+        </is>
+      </c>
+      <c r="C17" t="n">
+        <v>1</v>
+      </c>
+      <c r="E17" t="n">
+        <v>160</v>
+      </c>
+      <c r="H17" s="2" t="inlineStr">
+        <is>
+          <t>Salón El Casco Hotel y Spa Rural
+Redes: https://www.elcascodefangio.com/</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;16 Turismo Reuniones e Incentivos - Balcarce</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C6"/>
+  <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="47" customWidth="1" min="1" max="1"/>
     <col width="80" customWidth="1" min="2" max="2"/>
     <col width="80" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Nombre</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Descripción</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Contacto</t>
         </is>
       </c>
     </row>
     <row r="2" ht="45" customHeight="1">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Rancho Aparte Balcarce</t>
         </is>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Turismo activo.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Rancho Aparte
 Tel: +54542266536851 [celular]
-Redes: 2: https://www.instagram.com/ranchoaparte.lospinos/?hl=es-la</t>
+Redes: https://www.instagram.com/ranchoaparte.lospinos/?hl=es-la</t>
         </is>
       </c>
     </row>
     <row r="3" ht="45" customHeight="1">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Bodegas y Viñedos Balcarce</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Ofrece una experiencia enoturística integral que combina la producción de vinos artesanales con propuestas gastronómicas y de alojamiento.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Bodegas y Viñedos Balcarce
 Tel: +54542266578383 [whatsapp]
-Redes: 2: https://www.instagram.com/vinedos.balcarce/?hl=es-la</t>
+Redes: https://www.instagram.com/vinedos.balcarce/?hl=es-la</t>
         </is>
       </c>
     </row>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Nancy Nava - Trekking y Movimiento Consciente</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Trekking de baja a moderada dificultad. Contacto con la naturaleza con ejercicios de movimiento consciente.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Nancy Nava
 Tel: +54542266631133 [whatsapp]
-Redes: 2: https://www.instagram.com/nancyenava/</t>
+Redes: https://www.instagram.com/nancyenava/</t>
         </is>
       </c>
     </row>
     <row r="5" ht="45" customHeight="1">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Cabalgatas La Barrosa</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Cabalgatas por los paisajes serranos de Balcarce, guiadas por especialistas en manejo equino consciente.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Cabalgatas La Barrosa
 Tel: +54542266483244 [celular]
-Redes: 2: https://www.instagram.com/cabalgatas_labarrosa/?hl=es</t>
+Redes: https://www.instagram.com/cabalgatas_labarrosa/?hl=es</t>
         </is>
       </c>
     </row>
     <row r="6" ht="30" customHeight="1">
       <c r="A6" s="2" t="inlineStr">
         <is>
-          <t>Piedra Naranja Laguna La Brava Balcarce</t>
+          <t>Museo del Automovilismo Juan Manuel Fangio</t>
         </is>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
+          <t>El Museo del Automovilismo Juan Manuel Fangio es un museo dedicado al piloto homónimo de automovilismo de competición. En este museo se puede ver una gran exposición, que cuenta con más de 50 automóviles y todos los trofeos del campeón mundial de Fórmula 1. Desde la reconstrucción del Ford A (1929) con el que debutó Fangio; el original de la Negrita que impulsó su destino a Europa; la Chevrolet 39, en la que corriera la Buenos Aires-Caracas</t>
+        </is>
+      </c>
+      <c r="C6" s="2" t="inlineStr">
+        <is>
+          <t>Museo Automovilístico Juan Manuel Fangio
+Redes: https://www.museofangio.com</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" ht="45" customHeight="1">
+      <c r="A7" s="2" t="inlineStr">
+        <is>
+          <t>Piedra Naranja Balcarce</t>
+        </is>
+      </c>
+      <c r="B7" s="2" t="inlineStr">
+        <is>
           <t>Kayak, trekking, rappel, mountain bike y parapente.</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr"/>
+      <c r="C7" s="2" t="inlineStr">
+        <is>
+          <t>Piedra Naranja
+Tel: +545492266531668 [whatsapp]
+Redes: https://www.instagram.com/piedranaranja/, https://piedranaranja.ar/</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;16 Turismo Reuniones e Incentivos - Balcarce</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>