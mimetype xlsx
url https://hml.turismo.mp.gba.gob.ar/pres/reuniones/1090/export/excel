--- v0 (2026-02-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Prestadores" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Alojamientos" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <color rgb="00FFFFFF"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill/>
@@ -426,948 +426,1178 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I36"/>
+  <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="9" customWidth="1" min="1" max="1"/>
     <col width="80" customWidth="1" min="2" max="2"/>
     <col width="21" customWidth="1" min="3" max="3"/>
     <col width="24" customWidth="1" min="4" max="4"/>
     <col width="21" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
-    <col width="8" customWidth="1" min="7" max="7"/>
-[...1 lines deleted...]
-    <col width="80" customWidth="1" min="9" max="9"/>
+    <col width="15" customWidth="1" min="7" max="7"/>
+    <col width="80" customWidth="1" min="8" max="8"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Tipo</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Establecimiento</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Cantidad de salones</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>m2 del salón principal</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Capacidad Auditorio</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Capacidad Banquete</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
-          <t>Plazas</t>
+          <t>Accesibilidad</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
-          <t>Accesibilidad</t>
-[...3 lines deleted...]
-        <is>
           <t>Contacto</t>
         </is>
       </c>
     </row>
-    <row r="2" ht="30" customHeight="1">
+    <row r="2" ht="75" customHeight="1">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Asociación Médica de Bahía Blanca</t>
+          <t>Salones Hotel Austral</t>
         </is>
       </c>
       <c r="C2" t="n">
         <v>4</v>
       </c>
       <c r="D2" t="n">
+        <v>108</v>
+      </c>
+      <c r="E2" t="n">
+        <v>100</v>
+      </c>
+      <c r="F2" t="n">
         <v>80</v>
       </c>
-      <c r="E2" t="n">
-[...7 lines deleted...]
-    <row r="3" ht="30" customHeight="1">
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>Hotel Austral Bahía Blanca
+Dirección: Avenida Colón N° 159
+Tel: +542914561700 [fijo]
+Email: centraldereservas@hotelaustral.com
+Redes: https://hotelaustral.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="75" customHeight="1">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Biblioteca Popular Bernardino Rivadavia</t>
+          <t>Salones Paradores Austral</t>
         </is>
       </c>
       <c r="C3" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D3" t="n">
-        <v>396</v>
+        <v>50</v>
       </c>
       <c r="E3" t="n">
-        <v>396</v>
-[...3 lines deleted...]
-    <row r="4" ht="30" customHeight="1">
+        <v>50</v>
+      </c>
+      <c r="F3" t="n">
+        <v>26</v>
+      </c>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>Hotel Austral Bahía Blanca
+Dirección: Avenida Colón N° 159
+Tel: +542914561700 [fijo]
+Email: centraldereservas@hotelaustral.com
+Redes: https://hotelaustral.com.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" ht="75" customHeight="1">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Cámara Arbitral de Cereales de Bahía Blanca</t>
+          <t>Salones Hotel Argos</t>
         </is>
       </c>
       <c r="C4" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D4" t="n">
-        <v>130</v>
+        <v>170</v>
       </c>
       <c r="E4" t="n">
-        <v>200</v>
+        <v>92</v>
       </c>
       <c r="F4" t="n">
-        <v>120</v>
-[...3 lines deleted...]
-    <row r="5" ht="30" customHeight="1">
+        <v>72</v>
+      </c>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>HOTEL ARGOS
+Dirección: España N° 149
+Tel: +542914550404 [fijo]
+Email: reservas@hotelargos.com
+Redes: https://www.hotelargos.com/</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="75" customHeight="1">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Cámara de Empresarios de Transporte Automotor de Cargas Regional Sureña</t>
+          <t>Salones Hotel Land Plaza</t>
         </is>
       </c>
       <c r="C5" t="n">
-        <v>1</v>
+        <v>7</v>
+      </c>
+      <c r="D5" t="n">
+        <v>162</v>
       </c>
       <c r="E5" t="n">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="I5" t="inlineStr"/>
+        <v>150</v>
+      </c>
+      <c r="F5" t="n">
+        <v>70</v>
+      </c>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>HOTEL LAND PLAZA
+Dirección: Saavedra N° 41
+Tel: +542914599000 [fijo]
+Email: recpcionbbca@landplaza.com.ar
+Redes: https://www.hotelesland.com.ar/es/inicio/</t>
+        </is>
+      </c>
     </row>
     <row r="6" ht="30" customHeight="1">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Centro Científico Tecnológico Bahía Blanca CCTCONICETBB</t>
+          <t>Asociación Médica de Bahía Blanca</t>
         </is>
       </c>
       <c r="C6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D6" t="n">
-        <v>260</v>
+        <v>80</v>
       </c>
       <c r="E6" t="n">
-        <v>185</v>
+        <v>120</v>
       </c>
       <c r="F6" t="n">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="I6" t="inlineStr"/>
+        <v>60</v>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>Asociación médica Bahia Blanca
+Redes: https://www.ambb.org.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="7" ht="30" customHeight="1">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Casa Coleman</t>
+          <t>Biblioteca Popular Bernardino Rivadavia</t>
         </is>
       </c>
       <c r="C7" t="n">
         <v>4</v>
       </c>
       <c r="D7" t="n">
-        <v>69.5</v>
+        <v>396</v>
       </c>
       <c r="E7" t="n">
-        <v>90</v>
-[...4 lines deleted...]
-      <c r="I7" t="inlineStr"/>
+        <v>396</v>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>Biblioteca Popular Bernardino Rivadavia
+Redes: https://www.instagram.com/accounts/login/?next=%2FBiblioteca.Rivadavia%2F&amp;source=omni_redirect, https://www.abrbp.org.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="8" ht="30" customHeight="1">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Centro de Analistas Clínicos</t>
+          <t>Cámara Arbitral de Cereales de Bahía Blanca</t>
         </is>
       </c>
       <c r="C8" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D8" t="n">
         <v>130</v>
       </c>
       <c r="E8" t="n">
+        <v>200</v>
+      </c>
+      <c r="F8" t="n">
         <v>120</v>
       </c>
-      <c r="I8" t="inlineStr"/>
+      <c r="H8" s="2" t="inlineStr">
+        <is>
+          <t>Cámara Arbitral de Cereales de Bahía Blanca
+Redes: https://www.instagram.com/accounts/login/?next=%2Fcacbb1957%2F&amp;source=omni_redirect, https://cacbb.com.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="9" ht="30" customHeight="1">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Club Argentino</t>
+          <t>Cámara de Empresarios de Transporte Automotor de Cargas Regional Sureña</t>
         </is>
       </c>
       <c r="C9" t="n">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>450</v>
+        <v>1</v>
       </c>
       <c r="E9" t="n">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="I9" t="inlineStr"/>
+        <v>120</v>
+      </c>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>Cámara de Empresarios de Transporte Automotor de Cargas Regional Sureña
+Redes: https://www.instagram.com/cetacrs/</t>
+        </is>
+      </c>
     </row>
     <row r="10" ht="30" customHeight="1">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Club Argentino</t>
+          <t>Centro Científico Tecnológico Bahía Blanca CCTCONICETBB</t>
         </is>
       </c>
       <c r="C10" t="n">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="D10" t="n">
+        <v>260</v>
+      </c>
+      <c r="E10" t="n">
+        <v>185</v>
       </c>
       <c r="F10" t="n">
-        <v>300</v>
-[...4 lines deleted...]
-Redes: 1: https://www.facebook.com/argentinoprensa/?locale=es_LA, 2: https://www.instagram.com/accounts/login/?next=%2Fclubatleticoargentinopergamino%2F&amp;source=omni_redirect&amp;hl=es</t>
+        <v>200</v>
+      </c>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>Centro Científico Tecnológico Bahía Blanca CCTCONICETBB
+Redes: https://www.facebook.com/CONICETBahiaBlanca/?locale=es_LA, https://bahiablanca.conicet.gov.ar/</t>
         </is>
       </c>
     </row>
     <row r="11" ht="30" customHeight="1">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Colegio de Abogados y Procuradores del Departamento Judicial Bahía Blanca</t>
+          <t>Casa Coleman</t>
         </is>
       </c>
       <c r="C11" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D11" t="n">
-        <v>500</v>
+        <v>69.5</v>
       </c>
       <c r="E11" t="n">
-        <v>150</v>
+        <v>90</v>
       </c>
       <c r="F11" t="n">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="I11" t="inlineStr"/>
+        <v>60</v>
+      </c>
+      <c r="H11" s="2" t="inlineStr">
+        <is>
+          <t>Casa Coleman
+Redes: https://www.instagram.com/accounts/login/?next=%2Ffundasur_ig%2F&amp;source=omni_redirect, https://www.fundasur.org.ar/casa-coleman-la-casa/</t>
+        </is>
+      </c>
     </row>
     <row r="12" ht="30" customHeight="1">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Colegio de Ingenieros</t>
+          <t>Centro de Analistas Clínicos</t>
         </is>
       </c>
       <c r="C12" t="n">
         <v>1</v>
       </c>
       <c r="D12" t="n">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="E12" t="n">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="I12" t="inlineStr"/>
+        <v>120</v>
+      </c>
+      <c r="H12" s="2" t="inlineStr">
+        <is>
+          <t>Centro de Analistas Clínicos
+Redes: https://www.facebook.com/people/Centro-de-Analistas-Clinicos-Distrito-X/100083017433152/#, http://cacdx.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="13" ht="30" customHeight="1">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Complejo Punto Aparte</t>
+          <t>Club Argentino</t>
         </is>
       </c>
       <c r="C13" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D13" t="n">
-        <v>172</v>
+        <v>450</v>
       </c>
       <c r="E13" t="n">
-        <v>140</v>
-[...4 lines deleted...]
-      <c r="I13" t="inlineStr"/>
+        <v>250</v>
+      </c>
+      <c r="H13" s="2" t="inlineStr">
+        <is>
+          <t>Club Argentino
+Redes: https://www.facebook.com/clubargentinobb/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Fclubargentinobb%2F&amp;source=omni_redirect&amp;hl=es</t>
+        </is>
+      </c>
     </row>
     <row r="14" ht="30" customHeight="1">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Corporación del Comercio Industria y Servicios</t>
+          <t>Colegio de Abogados y Procuradores del Departamento Judicial Bahía Blanca</t>
         </is>
       </c>
       <c r="C14" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D14" t="n">
-        <v>220</v>
+        <v>500</v>
       </c>
       <c r="E14" t="n">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="I14" t="inlineStr"/>
+        <v>150</v>
+      </c>
+      <c r="F14" t="n">
+        <v>80</v>
+      </c>
+      <c r="H14" s="2" t="inlineStr">
+        <is>
+          <t>Colegio de Abogados y Procuradores del Departamento Judicial Bahía Blanca
+Redes: https://www.facebook.com/colegioabb/?locale=es_LA, https://cabb.org.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="15" ht="30" customHeight="1">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Don Ata Eventos</t>
+          <t>Colegio de Ingenieros</t>
         </is>
       </c>
       <c r="C15" t="n">
         <v>1</v>
       </c>
       <c r="D15" t="n">
         <v>100</v>
       </c>
       <c r="E15" t="n">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="F15" t="n">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="I15" t="inlineStr"/>
+        <v>25</v>
+      </c>
+      <c r="H15" s="2" t="inlineStr">
+        <is>
+          <t>Colegio de Ingenieros
+Redes: https://www.facebook.com/p/Colegio-de-Ingenieros-Distrito-1-100060918439549/?locale=es_LA, https://www.colegiodeingenieros.org.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="16" ht="30" customHeight="1">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Dow Centre</t>
+          <t>Complejo Punto Aparte</t>
         </is>
       </c>
       <c r="C16" t="n">
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="D16" t="n">
+        <v>172</v>
       </c>
       <c r="E16" t="n">
-        <v>2000</v>
-[...1 lines deleted...]
-      <c r="I16" t="inlineStr"/>
+        <v>140</v>
+      </c>
+      <c r="F16" t="n">
+        <v>120</v>
+      </c>
+      <c r="H16" s="2" t="inlineStr">
+        <is>
+          <t>Complejo Punto Aparte
+Redes: https://www.facebook.com/complejopuntoaparte/?locale=es_LA, https://complejopuntoaparte.com/</t>
+        </is>
+      </c>
     </row>
     <row r="17" ht="30" customHeight="1">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>El Pinar Eventos</t>
+          <t>Corporación del Comercio Industria y Servicios</t>
         </is>
       </c>
       <c r="C17" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D17" t="n">
-        <v>400</v>
+        <v>220</v>
       </c>
       <c r="E17" t="n">
-        <v>400</v>
-[...4 lines deleted...]
-      <c r="I17" t="inlineStr"/>
+        <v>250</v>
+      </c>
+      <c r="H17" s="2" t="inlineStr">
+        <is>
+          <t>Corporación del Comercio Industria y Servicios
+Redes: https://instagram.com/ccisbahiablanca/?hl=es, https://www.ccis.com.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="18" ht="30" customHeight="1">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>La Quinta Eventos</t>
+          <t>Don Ata Eventos</t>
         </is>
       </c>
       <c r="C18" t="n">
         <v>1</v>
       </c>
       <c r="D18" t="n">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="E18" t="n">
-        <v>220</v>
+        <v>80</v>
       </c>
       <c r="F18" t="n">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="I18" t="inlineStr"/>
+        <v>80</v>
+      </c>
+      <c r="H18" s="2" t="inlineStr">
+        <is>
+          <t>Don Ata Eventos
+Redes: https://www.facebook.com/p/Don-Ata-100040198515594/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Fdonataeventos%2F&amp;source=omni_redirect&amp;hl=es-la</t>
+        </is>
+      </c>
     </row>
     <row r="19" ht="30" customHeight="1">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Municipalidad de Bahía Blanca</t>
+          <t>Dow Centre</t>
         </is>
       </c>
       <c r="C19" t="n">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>5</v>
       </c>
       <c r="E19" t="n">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="I19" t="inlineStr"/>
+        <v>2000</v>
+      </c>
+      <c r="H19" s="2" t="inlineStr">
+        <is>
+          <t>Dow Centre
+Redes: https://www.facebook.com/DowCenterBahia/?locale=es_LA, https://www.instagram.com/dowcenterbahia/?hl=es, https://www.dowcenter.com.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="20" ht="30" customHeight="1">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Orión Eventos</t>
+          <t>El Pinar Eventos</t>
         </is>
       </c>
       <c r="C20" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D20" t="n">
+        <v>400</v>
+      </c>
+      <c r="E20" t="n">
+        <v>400</v>
+      </c>
+      <c r="F20" t="n">
         <v>300</v>
       </c>
-      <c r="E20" t="n">
-[...5 lines deleted...]
-      <c r="I20" t="inlineStr"/>
+      <c r="H20" s="2" t="inlineStr">
+        <is>
+          <t>El Pinar Eventos
+Redes: https://www.facebook.com/elpinar.bahiablanca/?locale=es_LA, https://www.instagram.com/elpinareventos/?hl=es, https://fiestafeliz.com.ar/salones-de-fiestas/226</t>
+        </is>
+      </c>
     </row>
     <row r="21" ht="30" customHeight="1">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Palihue Golf Club</t>
+          <t>La Quinta Eventos</t>
         </is>
       </c>
       <c r="C21" t="n">
         <v>1</v>
       </c>
       <c r="D21" t="n">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="E21" t="n">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="F21" t="n">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="I21" t="inlineStr"/>
+        <v>220</v>
+      </c>
+      <c r="H21" s="2" t="inlineStr">
+        <is>
+          <t>La Quinta Eventos
+Redes: https://www.facebook.com/laquintabahia/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Flaquintabahia%2F&amp;source=omni_redirect&amp;hl=es, https://www.casamientos.com.ar/salones-fiestas/la-quinta-eventos--e116334</t>
+        </is>
+      </c>
     </row>
     <row r="22" ht="30" customHeight="1">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Punto Alem</t>
+          <t>Municipalidad de Bahía Blanca</t>
         </is>
       </c>
       <c r="C22" t="n">
         <v>1</v>
       </c>
       <c r="D22" t="n">
-        <v>280</v>
+        <v>320</v>
       </c>
       <c r="E22" t="n">
-        <v>200</v>
-[...4 lines deleted...]
-      <c r="I22" t="inlineStr"/>
+        <v>300</v>
+      </c>
+      <c r="H22" s="2" t="inlineStr">
+        <is>
+          <t>Municipalidad de Bahía Blanca
+Redes: https://www.facebook.com/municipiobahia/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Fmunicipiobahia%2F&amp;source=omni_redirect&amp;hl=es, https://www.bahia.gob.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="23" ht="30" customHeight="1">
       <c r="A23" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Predio Ferial de Exposiciones de la Corporación del Comercio Industria y Servicios de Bahía Blanca</t>
+          <t>Orión Eventos</t>
         </is>
       </c>
       <c r="C23" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D23" t="n">
-        <v>3000</v>
+        <v>300</v>
       </c>
       <c r="E23" t="n">
-        <v>4000</v>
+        <v>350</v>
       </c>
       <c r="F23" t="n">
-        <v>4000</v>
-[...1 lines deleted...]
-      <c r="I23" t="inlineStr"/>
+        <v>220</v>
+      </c>
+      <c r="H23" s="2" t="inlineStr">
+        <is>
+          <t>Orión Eventos
+Redes: https://www.instagram.com/accounts/login/?next=%2Forion_eventos%2F&amp;source=omni_redirect&amp;hl=es, https://web.orioneventos.com.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="24" ht="30" customHeight="1">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Revoque Eventos</t>
+          <t>Palihue Golf Club</t>
         </is>
       </c>
       <c r="C24" t="n">
         <v>1</v>
       </c>
       <c r="D24" t="n">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="E24" t="n">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="F24" t="n">
-        <v>500</v>
-[...1 lines deleted...]
-      <c r="I24" t="inlineStr"/>
+        <v>170</v>
+      </c>
+      <c r="H24" s="2" t="inlineStr">
+        <is>
+          <t>Palihue Golf Club
+Redes: https://www.facebook.com/clubgolfpalihue/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Fclubdegolfpalihue%2F&amp;source=omni_redirect&amp;hl=es, https://www.palihuegolfclub.com.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="25" ht="30" customHeight="1">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Sueños Eventos</t>
+          <t>Punto Alem</t>
         </is>
       </c>
       <c r="C25" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D25" t="n">
-        <v>337</v>
+        <v>280</v>
       </c>
       <c r="E25" t="n">
-        <v>444</v>
+        <v>200</v>
       </c>
       <c r="F25" t="n">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="I25" t="inlineStr"/>
+        <v>150</v>
+      </c>
+      <c r="H25" s="2" t="inlineStr">
+        <is>
+          <t>Punto Alem
+Redes: https://www.facebook.com/Puntoalemeventos/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Fpunto.alem%2F&amp;source=omni_redirect&amp;hl=es, https://puntoalemeventos.com/</t>
+        </is>
+      </c>
     </row>
     <row r="26" ht="30" customHeight="1">
       <c r="A26" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Teatro Gran Plaza</t>
+          <t>Predio Ferial de Exposiciones de la Corporación del Comercio Industria y Servicios de Bahía Blanca</t>
         </is>
       </c>
       <c r="C26" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D26" t="n">
-        <v>1400</v>
+        <v>3000</v>
       </c>
       <c r="E26" t="n">
-        <v>1000</v>
-[...1 lines deleted...]
-      <c r="I26" t="inlineStr"/>
+        <v>4000</v>
+      </c>
+      <c r="F26" t="n">
+        <v>4000</v>
+      </c>
+      <c r="H26" s="2" t="inlineStr">
+        <is>
+          <t>Predio Ferial de Exposiciones de la Corporación del Comercio Industria y Servicios de Bahía Blanca
+Redes: https://www.instagram.com/accounts/login/?next=%2Ffisabahiablanca%2F&amp;source=omni_redirect&amp;hl=es-la, https://www.facebook.com/FisaBahiaBlanca/?locale=es_LA, https://www.ccis.com.ar/salones-predio-corporacion-predio-de-la-fisa/</t>
+        </is>
+      </c>
     </row>
     <row r="27" ht="30" customHeight="1">
       <c r="A27" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Teatro Ingeniero White</t>
+          <t>Revoque Eventos</t>
         </is>
       </c>
       <c r="C27" t="n">
         <v>1</v>
       </c>
       <c r="D27" t="n">
-        <v>1300</v>
+        <v>249</v>
       </c>
       <c r="E27" t="n">
-        <v>336</v>
-[...4 lines deleted...]
-Redes: 1: https://www.facebook.com/teatroigenierowhite/?locale=es_LA, 2: https://www.instagram.com/accounts/login/?next=%2Fteatroingenierowhite%2F&amp;source=omni_redirect&amp;hl=es</t>
+        <v>500</v>
+      </c>
+      <c r="F27" t="n">
+        <v>500</v>
+      </c>
+      <c r="H27" s="2" t="inlineStr">
+        <is>
+          <t>Revoque Eventos
+Redes: https://www.facebook.com/revoqueventos/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Frevoqueeventos%2F&amp;source=omni_redirect, https://revoque-eventos.com/inicio/</t>
         </is>
       </c>
     </row>
     <row r="28" ht="30" customHeight="1">
       <c r="A28" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Teatro Municipal</t>
+          <t>Sueños Eventos</t>
         </is>
       </c>
       <c r="C28" t="n">
         <v>2</v>
       </c>
       <c r="D28" t="n">
-        <v>1400</v>
+        <v>337</v>
       </c>
       <c r="E28" t="n">
-        <v>710</v>
-[...1 lines deleted...]
-      <c r="I28" t="inlineStr"/>
+        <v>444</v>
+      </c>
+      <c r="F28" t="n">
+        <v>250</v>
+      </c>
+      <c r="H28" s="2" t="inlineStr">
+        <is>
+          <t>Sueños Eventos
+Redes: https://www.facebook.com/p/Sue%C3%B1os-eventos-100042994044844/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Feventos_suenos%2F&amp;source=omni_redirect&amp;hl=es, https://fiestafeliz.com.ar/salones-de-fiestas/260</t>
+        </is>
+      </c>
     </row>
     <row r="29" ht="30" customHeight="1">
       <c r="A29" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Teatro Municipal</t>
+          <t>Teatro Gran Plaza</t>
         </is>
       </c>
       <c r="C29" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D29" t="n">
+        <v>1400</v>
+      </c>
+      <c r="E29" t="n">
         <v>1000</v>
       </c>
-      <c r="E29" t="n">
-[...2 lines deleted...]
-      <c r="I29" t="inlineStr"/>
+      <c r="H29" s="2" t="inlineStr">
+        <is>
+          <t>Teatro Gran Plaza
+Redes: https://www.facebook.com/granplazateatro/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Fgranplazateatro%2F&amp;source=omni_redirect&amp;hl=es, https://www.granplazateatro.com.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="30" ht="30" customHeight="1">
       <c r="A30" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Teatro Rossini</t>
+          <t>Teatro Ingeniero White</t>
         </is>
       </c>
       <c r="C30" t="n">
         <v>1</v>
       </c>
       <c r="D30" t="n">
-        <v>800</v>
+        <v>1300</v>
       </c>
       <c r="E30" t="n">
-        <v>540</v>
-[...4 lines deleted...]
-Redes: 1: https://www.facebook.com/AttitudeGunsNRosesTributo/videos/-bahia-blanca-teatro-rossini-vier-25-de-julio-21hs-te-gusta-guns-n-roses-attitud/962436892592583/, 2: https://www.instagram.com/accounts/login/?next=%2Frossiniparadiso.oficial%2F&amp;source=omni_redirect&amp;hl=es</t>
+        <v>336</v>
+      </c>
+      <c r="H30" s="2" t="inlineStr">
+        <is>
+          <t>Teatro Ingeniero White
+Redes: https://www.facebook.com/teatroigenierowhite/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Fteatroingenierowhite%2F&amp;source=omni_redirect&amp;hl=es</t>
         </is>
       </c>
     </row>
     <row r="31" ht="30" customHeight="1">
       <c r="A31" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Universidad Nacional del Sur Casa de la Cultura</t>
+          <t>Teatro Rossini</t>
         </is>
       </c>
       <c r="C31" t="n">
         <v>1</v>
       </c>
       <c r="D31" t="n">
-        <v>150</v>
+        <v>800</v>
       </c>
       <c r="E31" t="n">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I31" t="inlineStr"/>
+        <v>540</v>
+      </c>
+      <c r="H31" s="2" t="inlineStr">
+        <is>
+          <t>Teatro Rossini
+Redes: https://www.facebook.com/AttitudeGunsNRosesTributo/videos/-bahia-blanca-teatro-rossini-vier-25-de-julio-21hs-te-gusta-guns-n-roses-attitud/962436892592583/, https://www.instagram.com/accounts/login/?next=%2Frossiniparadiso.oficial%2F&amp;source=omni_redirect&amp;hl=es</t>
+        </is>
+      </c>
     </row>
     <row r="32" ht="30" customHeight="1">
       <c r="A32" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Universidad Nacional del Sur Centro Histórico Cultural</t>
+          <t>Universidad Nacional del Sur Casa de la Cultura</t>
         </is>
       </c>
       <c r="C32" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D32" t="n">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="E32" t="n">
-        <v>137</v>
-[...4 lines deleted...]
-      <c r="I32" t="inlineStr"/>
+        <v>60</v>
+      </c>
+      <c r="H32" s="2" t="inlineStr">
+        <is>
+          <t>Universidad Nacional del Sur Casa de la Cultura
+Redes: https://www.facebook.com/CulturayExtensionUNS/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Fculturayextensionuns%2F&amp;source=omni_redirect&amp;hl=es, https://www.uns.edu.ar/contenidos/23/688#casa-de-la-cultura---av.-alem-925</t>
+        </is>
+      </c>
     </row>
     <row r="33" ht="30" customHeight="1">
       <c r="A33" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Universidad Nacional del Sur Rectorado</t>
+          <t>Universidad Nacional del Sur Centro Histórico Cultural</t>
         </is>
       </c>
       <c r="C33" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D33" t="n">
-        <v>232</v>
+        <v>300</v>
       </c>
       <c r="E33" t="n">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="I33" t="inlineStr"/>
+        <v>137</v>
+      </c>
+      <c r="F33" t="n">
+        <v>150</v>
+      </c>
+      <c r="H33" s="2" t="inlineStr">
+        <is>
+          <t>Universidad Nacional del Sur Centro Histórico Cultural
+Redes: https://www.facebook.com/CulturayExtensionUNS/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Fculturayextensionuns%2F&amp;source=omni_redirect&amp;hl=es, https://www.uns.edu.ar/contenidos/23/687#centro-historico-cultural---rondeau-29</t>
+        </is>
+      </c>
     </row>
     <row r="34" ht="30" customHeight="1">
       <c r="A34" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Universidad Nacional del Sur Sede Central</t>
+          <t>Universidad Nacional del Sur Rectorado</t>
         </is>
       </c>
       <c r="C34" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D34" t="n">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="E34" t="n">
-        <v>250</v>
-[...4 lines deleted...]
-      <c r="I34" t="inlineStr"/>
+        <v>320</v>
+      </c>
+      <c r="H34" s="2" t="inlineStr">
+        <is>
+          <t>Universidad Nacional del Sur Rectorado
+Redes: https://www.facebook.com/UNSBahiaBlanca/?locale=es_LA, https://www.instagram.com/p/DG1kKwYsWpt/, https://www.uns.edu.ar/institucional/rectorado-secretarias</t>
+        </is>
+      </c>
     </row>
     <row r="35" ht="30" customHeight="1">
       <c r="A35" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Universidad Tecnológica Nacional Sede Central</t>
+          <t>Universidad Nacional del Sur Sede Central</t>
         </is>
       </c>
       <c r="C35" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D35" t="n">
-        <v>228</v>
+        <v>200</v>
       </c>
       <c r="E35" t="n">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="I35" t="inlineStr"/>
+        <v>250</v>
+      </c>
+      <c r="F35" t="n">
+        <v>80</v>
+      </c>
+      <c r="H35" s="2" t="inlineStr">
+        <is>
+          <t>Universidad Nacional del Sur Sede Central
+Redes: https://www.facebook.com/UNSBahiaBlanca/?locale=es_LA, https://www.uns.edu.ar/</t>
+        </is>
+      </c>
     </row>
     <row r="36" ht="30" customHeight="1">
       <c r="A36" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
+          <t>Universidad Tecnológica Nacional Sede Central</t>
+        </is>
+      </c>
+      <c r="C36" t="n">
+        <v>4</v>
+      </c>
+      <c r="D36" t="n">
+        <v>228</v>
+      </c>
+      <c r="E36" t="n">
+        <v>150</v>
+      </c>
+      <c r="H36" s="2" t="inlineStr">
+        <is>
+          <t>Universidad Tecnológica Nacional Sede Central
+Redes: https://www.facebook.com/utnbhi/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Futnbahia%2F&amp;source=omni_redirect&amp;hl=es, https://www.frbb.utn.edu.ar/frbb/</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="30" customHeight="1">
+      <c r="A37" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
           <t>Valleverde Eventos</t>
         </is>
       </c>
-      <c r="C36" t="n">
+      <c r="C37" t="n">
         <v>2</v>
       </c>
-      <c r="D36" t="n">
+      <c r="D37" t="n">
         <v>135</v>
       </c>
-      <c r="E36" t="n">
+      <c r="E37" t="n">
         <v>60</v>
       </c>
-      <c r="I36" s="2" t="inlineStr">
+      <c r="H37" s="2" t="inlineStr">
         <is>
           <t>Valleverde Eventos
-Redes: 1: https://www.facebook.com/Valleverdeee/?locale=es_LA, 2: https://www.instagram.com/accounts/login/?next=%2Fvalleverde_eventos%2F&amp;source=omni_redirect&amp;hl=es</t>
+Redes: https://www.facebook.com/Valleverdeee/?locale=es_LA, https://www.instagram.com/accounts/login/?next=%2Fvalleverde_eventos%2F&amp;source=omni_redirect&amp;hl=es</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" ht="30" customHeight="1">
+      <c r="A38" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Teatro Municipal Bahía Blanca</t>
+        </is>
+      </c>
+      <c r="C38" t="n">
+        <v>2</v>
+      </c>
+      <c r="D38" t="n">
+        <v>1400</v>
+      </c>
+      <c r="E38" t="n">
+        <v>710</v>
+      </c>
+      <c r="H38" s="2" t="inlineStr">
+        <is>
+          <t>Teatro Municipal Bahía Blanca
+Redes: https://teatromunicipal.bahia.gob.ar/</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;16 Turismo Reuniones e Incentivos - Bahía Blanca</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">